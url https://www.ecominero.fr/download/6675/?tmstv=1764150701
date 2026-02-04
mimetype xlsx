--- v0 (2025-12-04)
+++ v1 (2026-02-04)
@@ -1,86 +1,86 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29523"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29530"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://ecominero-my.sharepoint.com/personal/nourhan_mortada_ecominero_fr/Documents/Bureau/Etudes/Etude ecoconception/Plan sectoriel/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\NourhanMortada\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="222" documentId="8_{F73B2569-839D-476D-9498-867B245E343E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{555B2F7C-42D6-417B-900B-1C22B5608F91}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{AD58749F-317D-466B-8BAF-10A96D25D600}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="proposition CT" sheetId="9" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="68" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="68" uniqueCount="49">
   <si>
     <t>Plan de prévention des déchets et d'éco-conception des produits</t>
   </si>
   <si>
     <t>en application du décret….</t>
   </si>
   <si>
     <t>Informations générales</t>
   </si>
   <si>
     <t>Nom de l'entreprise</t>
   </si>
   <si>
     <t>à remplir</t>
   </si>
   <si>
     <t>Nota</t>
   </si>
   <si>
     <t>N° identifiant unique</t>
   </si>
   <si>
     <t>Evaluation des niveaux d'avancement dans le tableau</t>
   </si>
   <si>
@@ -126,53 +126,50 @@
     <t>Recyclabilité</t>
   </si>
   <si>
     <t>Autre</t>
   </si>
   <si>
     <t>Niveau d'avancement actuel</t>
   </si>
   <si>
     <t>Objectif visé à 2030</t>
   </si>
   <si>
     <t>Commentaire UNPG (pertinence, niveau de difficulté…)</t>
   </si>
   <si>
     <t>Unité correspondant à l'objectif</t>
   </si>
   <si>
     <t>Aide au remplissage</t>
   </si>
   <si>
     <t>Réduction de la consommation en eau</t>
   </si>
   <si>
     <t>X</t>
-  </si>
-[...1 lines deleted...]
-    <t>Sélectionner</t>
   </si>
   <si>
     <t>La réduction des prélèvements en eau (réseau, puits, rivière, carrière) est nécessaire aux différentes opérations du site (poussières, tri, traitement des matériaux,...).</t>
   </si>
   <si>
     <t>indicateur : % de réduction de la consommation en eau par le site entre 2025 et 2030</t>
   </si>
   <si>
     <t>Calcul de la réduction de la consommation en eau entre 2025 et 2030</t>
   </si>
   <si>
     <t>Récupération des eaux pluviales et amélioration du recyclage de l'eau</t>
   </si>
   <si>
     <t>La récupération des eaux pluviales nécessite un moyen de collecte (toitures, parking, carreau de carrière,…) et un moyen de mesure.
 Pour le taux de recyclage, il peut être évalué directement en mesurant le volume d'eau recyclée ou indirectement en mesurant le volume qui vient boucler le circuit fermé.</t>
   </si>
   <si>
     <t>• indicateur 1 : % d'eau pluviale récupérée par le site rapportée au volume d'eau prélevée
 • indicateur 2 : % d'eau recyclée par le site rapportée au volume d'eau totale</t>
   </si>
   <si>
     <t xml:space="preserve">• Calcul des volumes d'eau pluviales récupérées 
 • Calcul du taux de recyclage de l'eau
 </t>
@@ -201,51 +198,51 @@
   </si>
   <si>
     <t>• Nombre d'actions pratiques mises en oeuvre sur le site par les équipes (par ex : chantier de lutte contre les espèces exotiques envahissantes, régulation des éclairages pour réduire les pollutions lumineuses, installation de nichoirs pour certains oiseaux,...  ) 
 • Nombre  de personnes formées aux pratiques de conservation de la biodiversité</t>
   </si>
   <si>
     <t>Développer la mesure des empreintes environnementales produits et/ou sites</t>
   </si>
   <si>
     <t>Evaluer régulièrement le bilan carbone à l'échelle du site (trajectoire de décarbonation). 
 Contribuer aux ICV collectives que l'UNPG doit mettre à jour tous les 5 ans pour actualiser les données granulats et alimenter les éco-comparateurs BETie, Sève, Ib-Environnement, Diogen, etc.</t>
   </si>
   <si>
     <t>•  nombre de Bilans carbone réalisés.
 • nombre de sites ayant participé à la collecte de données  pour actualiser les ICV collectifs granulats.</t>
   </si>
   <si>
     <t xml:space="preserve"> • L'utilisation de l'outil UNPG permet de faire son propre bilan carbone et de le faire évoluer.
 • Utilisation des grilles d'enquête et des recommandations founries par l'UNPG pour les remplir.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="14">
+  <fonts count="14" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
@@ -953,51 +950,51 @@
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="thick">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color rgb="FF000000"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="76">
+  <cellXfs count="73">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="6" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="6" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="6" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -1069,63 +1066,54 @@
     <xf numFmtId="0" fontId="8" fillId="7" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="7" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="7" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="7" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="7" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="7" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="7" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="7" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="8" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="14" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="16" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="4" borderId="18" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
@@ -1545,368 +1533,368 @@
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DD0BE15C-6FD7-4B2D-B934-791C2C3C0F94}">
   <dimension ref="A1:ADT30"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A11" zoomScale="55" zoomScaleNormal="55" workbookViewId="0">
-      <selection activeCell="N18" sqref="N18"/>
+    <sheetView tabSelected="1" topLeftCell="A2" zoomScale="55" zoomScaleNormal="55" workbookViewId="0">
+      <selection activeCell="M18" sqref="M18"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="14.45"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.453125" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="35.5703125" customWidth="1"/>
-[...9 lines deleted...]
-    <col min="11" max="800" width="11.42578125" style="2"/>
+    <col min="1" max="1" width="35.54296875" customWidth="1"/>
+    <col min="2" max="2" width="42.54296875" customWidth="1"/>
+    <col min="3" max="3" width="26.7265625" customWidth="1"/>
+    <col min="4" max="4" width="12.1796875" customWidth="1"/>
+    <col min="5" max="5" width="15.7265625" customWidth="1"/>
+    <col min="6" max="6" width="18.81640625" customWidth="1"/>
+    <col min="7" max="7" width="23.26953125" customWidth="1"/>
+    <col min="8" max="8" width="41.54296875" customWidth="1"/>
+    <col min="9" max="9" width="34.1796875" customWidth="1"/>
+    <col min="10" max="10" width="38.7265625" customWidth="1"/>
+    <col min="11" max="800" width="11.453125" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:800" ht="15" thickBot="1">
+    <row r="1" spans="1:800" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="E1" s="20"/>
       <c r="F1" s="20"/>
       <c r="G1" s="20"/>
       <c r="H1" s="20"/>
       <c r="I1" s="20"/>
       <c r="J1" s="20"/>
     </row>
-    <row r="2" spans="1:800" s="25" customFormat="1" ht="32.450000000000003" thickBot="1">
+    <row r="2" spans="1:800" s="25" customFormat="1" ht="32.5" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A2" s="20"/>
       <c r="B2" s="21" t="s">
         <v>0</v>
       </c>
       <c r="C2" s="22" t="s">
         <v>1</v>
       </c>
       <c r="D2" s="23"/>
       <c r="E2" s="20"/>
       <c r="F2" s="20"/>
       <c r="G2" s="20"/>
       <c r="H2" s="20"/>
       <c r="I2" s="20"/>
       <c r="J2" s="20"/>
       <c r="K2" s="20"/>
       <c r="L2" s="20"/>
       <c r="M2" s="20"/>
     </row>
-    <row r="3" spans="1:800" s="25" customFormat="1" ht="15" thickBot="1">
+    <row r="3" spans="1:800" s="25" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A3" s="20"/>
       <c r="B3" s="26"/>
       <c r="C3" s="20"/>
       <c r="D3" s="20"/>
       <c r="E3" s="20"/>
       <c r="F3" s="20"/>
       <c r="G3" s="20"/>
       <c r="H3" s="20"/>
       <c r="I3" s="24"/>
       <c r="J3" s="20"/>
       <c r="K3" s="20"/>
       <c r="L3" s="20"/>
       <c r="M3" s="20"/>
     </row>
-    <row r="4" spans="1:800" s="25" customFormat="1" ht="20.45" customHeight="1">
+    <row r="4" spans="1:800" s="25" customFormat="1" ht="20.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="20"/>
-      <c r="B4" s="68" t="s">
+      <c r="B4" s="65" t="s">
         <v>2</v>
       </c>
       <c r="C4" s="28" t="s">
         <v>3</v>
       </c>
       <c r="D4" s="29" t="s">
         <v>4</v>
       </c>
       <c r="E4" s="20"/>
       <c r="F4" s="20"/>
       <c r="G4" s="20"/>
       <c r="H4" s="27" t="s">
         <v>5</v>
       </c>
       <c r="I4" s="20"/>
       <c r="J4" s="20"/>
       <c r="K4" s="20"/>
       <c r="L4" s="20"/>
       <c r="M4" s="20"/>
     </row>
-    <row r="5" spans="1:800" s="25" customFormat="1">
+    <row r="5" spans="1:800" s="25" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A5" s="20"/>
-      <c r="B5" s="69"/>
+      <c r="B5" s="66"/>
       <c r="C5" s="30" t="s">
         <v>6</v>
       </c>
       <c r="D5" s="31" t="s">
         <v>4</v>
       </c>
       <c r="E5" s="20"/>
       <c r="F5" s="20"/>
       <c r="G5" s="20"/>
-      <c r="H5" s="72" t="s">
+      <c r="H5" s="69" t="s">
         <v>7</v>
       </c>
-      <c r="I5" s="73"/>
+      <c r="I5" s="70"/>
       <c r="J5" s="20"/>
       <c r="K5" s="20"/>
       <c r="L5" s="20"/>
       <c r="M5" s="20"/>
     </row>
-    <row r="6" spans="1:800" s="25" customFormat="1">
+    <row r="6" spans="1:800" s="25" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A6" s="20"/>
-      <c r="B6" s="69"/>
+      <c r="B6" s="66"/>
       <c r="C6" s="30" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="31" t="s">
         <v>4</v>
       </c>
       <c r="E6" s="20"/>
       <c r="F6" s="20"/>
       <c r="G6" s="20"/>
       <c r="H6" s="32">
         <v>1</v>
       </c>
       <c r="I6" s="33" t="s">
         <v>9</v>
       </c>
       <c r="J6" s="20"/>
       <c r="K6" s="20"/>
       <c r="L6" s="20"/>
       <c r="M6" s="20"/>
     </row>
-    <row r="7" spans="1:800" s="25" customFormat="1">
+    <row r="7" spans="1:800" s="25" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A7" s="20"/>
-      <c r="B7" s="70"/>
+      <c r="B7" s="67"/>
       <c r="C7" s="30" t="s">
         <v>10</v>
       </c>
       <c r="D7" s="31" t="s">
         <v>4</v>
       </c>
       <c r="E7" s="20"/>
       <c r="F7" s="20"/>
       <c r="G7" s="20"/>
       <c r="H7" s="34" t="s">
         <v>11</v>
       </c>
       <c r="I7" s="33" t="s">
         <v>12</v>
       </c>
       <c r="J7" s="20"/>
       <c r="K7" s="20"/>
       <c r="L7" s="20"/>
       <c r="M7" s="20"/>
     </row>
-    <row r="8" spans="1:800" s="25" customFormat="1">
+    <row r="8" spans="1:800" s="25" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A8" s="20"/>
-      <c r="B8" s="70"/>
+      <c r="B8" s="67"/>
       <c r="C8" s="30" t="s">
         <v>13</v>
       </c>
       <c r="D8" s="31" t="s">
         <v>4</v>
       </c>
       <c r="E8" s="20"/>
       <c r="F8" s="20"/>
       <c r="G8" s="20"/>
       <c r="H8" s="35">
         <v>5</v>
       </c>
       <c r="I8" s="36" t="s">
         <v>14</v>
       </c>
       <c r="J8" s="20"/>
       <c r="K8" s="20"/>
       <c r="L8" s="20"/>
       <c r="M8" s="20"/>
     </row>
-    <row r="9" spans="1:800" s="25" customFormat="1" ht="15" thickBot="1">
+    <row r="9" spans="1:800" s="25" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A9" s="20"/>
-      <c r="B9" s="71"/>
+      <c r="B9" s="68"/>
       <c r="C9" s="37" t="s">
         <v>15</v>
       </c>
       <c r="D9" s="38" t="s">
         <v>4</v>
       </c>
       <c r="E9" s="20"/>
       <c r="F9" s="20"/>
       <c r="G9" s="20"/>
       <c r="H9" s="20"/>
       <c r="I9" s="24"/>
       <c r="J9" s="20"/>
       <c r="K9" s="20"/>
       <c r="L9" s="20"/>
       <c r="M9" s="20"/>
     </row>
-    <row r="10" spans="1:800" s="25" customFormat="1" ht="15" thickBot="1">
+    <row r="10" spans="1:800" s="25" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A10" s="20"/>
       <c r="B10" s="20"/>
       <c r="C10" s="20"/>
       <c r="D10" s="20"/>
       <c r="E10" s="20"/>
       <c r="F10" s="20"/>
       <c r="G10" s="20"/>
       <c r="H10" s="20"/>
       <c r="I10" s="20"/>
       <c r="J10" s="20"/>
       <c r="K10" s="20"/>
       <c r="L10" s="20"/>
       <c r="M10" s="20"/>
     </row>
-    <row r="11" spans="1:800" s="25" customFormat="1" ht="60.6" customHeight="1" thickBot="1">
-      <c r="A11" s="74" t="s">
+    <row r="11" spans="1:800" s="25" customFormat="1" ht="60.65" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A11" s="71" t="s">
         <v>16</v>
       </c>
-      <c r="B11" s="75"/>
-[...6 lines deleted...]
-      <c r="I11" s="47"/>
+      <c r="B11" s="72"/>
+      <c r="C11" s="72"/>
+      <c r="D11" s="72"/>
+      <c r="E11" s="72"/>
+      <c r="F11" s="72"/>
+      <c r="G11" s="72"/>
+      <c r="H11" s="43"/>
+      <c r="I11" s="44"/>
       <c r="J11" s="20"/>
       <c r="K11" s="20"/>
       <c r="L11" s="20"/>
       <c r="M11" s="20"/>
     </row>
-    <row r="12" spans="1:800">
+    <row r="12" spans="1:800" x14ac:dyDescent="0.35">
       <c r="A12" s="20"/>
       <c r="B12" s="20"/>
       <c r="C12" s="20"/>
       <c r="D12" s="20"/>
       <c r="E12" s="20"/>
       <c r="F12" s="20"/>
       <c r="G12" s="20"/>
       <c r="H12" s="20"/>
       <c r="I12" s="20"/>
       <c r="J12" s="20"/>
     </row>
-    <row r="13" spans="1:800" ht="15" thickBot="1">
+    <row r="13" spans="1:800" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A13" s="20"/>
       <c r="B13" s="20"/>
       <c r="C13" s="20"/>
       <c r="D13" s="20"/>
       <c r="E13" s="20"/>
       <c r="F13" s="20"/>
       <c r="G13" s="20"/>
       <c r="H13" s="20"/>
       <c r="I13" s="20"/>
       <c r="J13" s="20"/>
     </row>
-    <row r="14" spans="1:800" ht="15" thickBot="1">
-      <c r="B14" s="65" t="s">
+    <row r="14" spans="1:800" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B14" s="62" t="s">
         <v>17</v>
       </c>
-      <c r="C14" s="66"/>
-[...1 lines deleted...]
-      <c r="E14" s="67"/>
+      <c r="C14" s="63"/>
+      <c r="D14" s="63"/>
+      <c r="E14" s="64"/>
       <c r="F14" s="20"/>
       <c r="G14" s="20"/>
       <c r="H14" s="20"/>
       <c r="I14" s="20"/>
       <c r="J14" s="20"/>
     </row>
-    <row r="15" spans="1:800" ht="30" thickTop="1" thickBot="1">
+    <row r="15" spans="1:800" ht="30" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A15" s="12" t="s">
         <v>18</v>
       </c>
       <c r="B15" s="13" t="s">
         <v>19</v>
       </c>
       <c r="C15" s="13" t="s">
         <v>20</v>
       </c>
       <c r="D15" s="14" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="13" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="39" t="s">
         <v>23</v>
       </c>
       <c r="G15" s="39" t="s">
         <v>24</v>
       </c>
       <c r="H15" s="15" t="s">
         <v>25</v>
       </c>
       <c r="I15" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J15" s="16" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="16" spans="1:800" s="3" customFormat="1" ht="83.45" customHeight="1" thickTop="1">
-      <c r="A16" s="48" t="s">
+    <row r="16" spans="1:800" s="3" customFormat="1" ht="83.5" customHeight="1" thickTop="1" x14ac:dyDescent="0.35">
+      <c r="A16" s="45" t="s">
         <v>28</v>
       </c>
       <c r="B16" s="4" t="s">
         <v>29</v>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5"/>
       <c r="E16" s="4"/>
       <c r="F16" s="40" t="s">
+        <v>4</v>
+      </c>
+      <c r="G16" s="40" t="s">
+        <v>4</v>
+      </c>
+      <c r="H16" s="50" t="s">
         <v>30</v>
       </c>
-      <c r="G16" s="41" t="s">
-[...2 lines deleted...]
-      <c r="H16" s="53" t="s">
+      <c r="I16" s="51" t="s">
         <v>31</v>
       </c>
-      <c r="I16" s="54" t="s">
+      <c r="J16" s="52" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
       <c r="K16" s="2"/>
       <c r="L16" s="2"/>
       <c r="M16" s="2"/>
       <c r="N16" s="2"/>
       <c r="O16" s="2"/>
       <c r="P16" s="2"/>
       <c r="Q16" s="2"/>
       <c r="R16" s="2"/>
       <c r="S16" s="2"/>
       <c r="T16" s="2"/>
       <c r="U16" s="2"/>
       <c r="V16" s="2"/>
       <c r="W16" s="2"/>
       <c r="X16" s="2"/>
       <c r="Y16" s="2"/>
       <c r="Z16" s="2"/>
       <c r="AA16" s="2"/>
       <c r="AB16" s="2"/>
       <c r="AC16" s="2"/>
       <c r="AD16" s="2"/>
       <c r="AE16" s="2"/>
       <c r="AF16" s="2"/>
       <c r="AG16" s="2"/>
       <c r="AH16" s="2"/>
@@ -2655,74 +2643,74 @@
       <c r="ACW16" s="2"/>
       <c r="ACX16" s="2"/>
       <c r="ACY16" s="2"/>
       <c r="ACZ16" s="2"/>
       <c r="ADA16" s="2"/>
       <c r="ADB16" s="2"/>
       <c r="ADC16" s="2"/>
       <c r="ADD16" s="2"/>
       <c r="ADE16" s="2"/>
       <c r="ADF16" s="2"/>
       <c r="ADG16" s="2"/>
       <c r="ADH16" s="2"/>
       <c r="ADI16" s="2"/>
       <c r="ADJ16" s="2"/>
       <c r="ADK16" s="2"/>
       <c r="ADL16" s="2"/>
       <c r="ADM16" s="2"/>
       <c r="ADN16" s="2"/>
       <c r="ADO16" s="2"/>
       <c r="ADP16" s="2"/>
       <c r="ADQ16" s="2"/>
       <c r="ADR16" s="2"/>
       <c r="ADS16" s="2"/>
       <c r="ADT16" s="2"/>
     </row>
-    <row r="17" spans="1:800" s="3" customFormat="1" ht="115.7" customHeight="1" thickBot="1">
-[...1 lines deleted...]
-        <v>34</v>
+    <row r="17" spans="1:800" s="3" customFormat="1" ht="115.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A17" s="46" t="s">
+        <v>33</v>
       </c>
       <c r="B17" s="6" t="s">
         <v>29</v>
       </c>
       <c r="C17" s="6"/>
       <c r="D17" s="7"/>
       <c r="E17" s="6"/>
-      <c r="F17" s="42" t="s">
-[...2 lines deleted...]
-      <c r="G17" s="43" t="s">
+      <c r="F17" s="40" t="s">
         <v>4</v>
       </c>
-      <c r="H17" s="56" t="s">
+      <c r="G17" s="41" t="s">
+        <v>4</v>
+      </c>
+      <c r="H17" s="53" t="s">
+        <v>34</v>
+      </c>
+      <c r="I17" s="54" t="s">
         <v>35</v>
       </c>
-      <c r="I17" s="57" t="s">
+      <c r="J17" s="55" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="K17" s="2"/>
       <c r="L17" s="2"/>
       <c r="M17" s="2"/>
       <c r="N17" s="2"/>
       <c r="O17" s="2"/>
       <c r="P17" s="2"/>
       <c r="Q17" s="2"/>
       <c r="R17" s="2"/>
       <c r="S17" s="2"/>
       <c r="T17" s="2"/>
       <c r="U17" s="2"/>
       <c r="V17" s="2"/>
       <c r="W17" s="2"/>
       <c r="X17" s="2"/>
       <c r="Y17" s="2"/>
       <c r="Z17" s="2"/>
       <c r="AA17" s="2"/>
       <c r="AB17" s="2"/>
       <c r="AC17" s="2"/>
       <c r="AD17" s="2"/>
       <c r="AE17" s="2"/>
       <c r="AF17" s="2"/>
       <c r="AG17" s="2"/>
       <c r="AH17" s="2"/>
@@ -3471,74 +3459,74 @@
       <c r="ACW17" s="2"/>
       <c r="ACX17" s="2"/>
       <c r="ACY17" s="2"/>
       <c r="ACZ17" s="2"/>
       <c r="ADA17" s="2"/>
       <c r="ADB17" s="2"/>
       <c r="ADC17" s="2"/>
       <c r="ADD17" s="2"/>
       <c r="ADE17" s="2"/>
       <c r="ADF17" s="2"/>
       <c r="ADG17" s="2"/>
       <c r="ADH17" s="2"/>
       <c r="ADI17" s="2"/>
       <c r="ADJ17" s="2"/>
       <c r="ADK17" s="2"/>
       <c r="ADL17" s="2"/>
       <c r="ADM17" s="2"/>
       <c r="ADN17" s="2"/>
       <c r="ADO17" s="2"/>
       <c r="ADP17" s="2"/>
       <c r="ADQ17" s="2"/>
       <c r="ADR17" s="2"/>
       <c r="ADS17" s="2"/>
       <c r="ADT17" s="2"/>
     </row>
-    <row r="18" spans="1:800" s="3" customFormat="1" ht="109.15" customHeight="1" thickBot="1">
-[...1 lines deleted...]
-        <v>38</v>
+    <row r="18" spans="1:800" s="3" customFormat="1" ht="109.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A18" s="47" t="s">
+        <v>37</v>
       </c>
       <c r="B18" s="8"/>
       <c r="C18" s="8" t="s">
         <v>29</v>
       </c>
       <c r="D18" s="9"/>
       <c r="E18" s="8"/>
-      <c r="F18" s="44" t="s">
-[...2 lines deleted...]
-      <c r="G18" s="45" t="s">
+      <c r="F18" s="40" t="s">
         <v>4</v>
       </c>
-      <c r="H18" s="56" t="s">
+      <c r="G18" s="42" t="s">
+        <v>4</v>
+      </c>
+      <c r="H18" s="53" t="s">
+        <v>38</v>
+      </c>
+      <c r="I18" s="56" t="s">
         <v>39</v>
       </c>
-      <c r="I18" s="59" t="s">
+      <c r="J18" s="57" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="K18" s="2"/>
       <c r="L18" s="2"/>
       <c r="M18" s="2"/>
       <c r="N18" s="2"/>
       <c r="O18" s="2"/>
       <c r="P18" s="2"/>
       <c r="Q18" s="2"/>
       <c r="R18" s="2"/>
       <c r="S18" s="2"/>
       <c r="T18" s="2"/>
       <c r="U18" s="2"/>
       <c r="V18" s="2"/>
       <c r="W18" s="2"/>
       <c r="X18" s="2"/>
       <c r="Y18" s="2"/>
       <c r="Z18" s="2"/>
       <c r="AA18" s="2"/>
       <c r="AB18" s="2"/>
       <c r="AC18" s="2"/>
       <c r="AD18" s="2"/>
       <c r="AE18" s="2"/>
       <c r="AF18" s="2"/>
       <c r="AG18" s="2"/>
       <c r="AH18" s="2"/>
@@ -4287,160 +4275,163 @@
       <c r="ACW18" s="2"/>
       <c r="ACX18" s="2"/>
       <c r="ACY18" s="2"/>
       <c r="ACZ18" s="2"/>
       <c r="ADA18" s="2"/>
       <c r="ADB18" s="2"/>
       <c r="ADC18" s="2"/>
       <c r="ADD18" s="2"/>
       <c r="ADE18" s="2"/>
       <c r="ADF18" s="2"/>
       <c r="ADG18" s="2"/>
       <c r="ADH18" s="2"/>
       <c r="ADI18" s="2"/>
       <c r="ADJ18" s="2"/>
       <c r="ADK18" s="2"/>
       <c r="ADL18" s="2"/>
       <c r="ADM18" s="2"/>
       <c r="ADN18" s="2"/>
       <c r="ADO18" s="2"/>
       <c r="ADP18" s="2"/>
       <c r="ADQ18" s="2"/>
       <c r="ADR18" s="2"/>
       <c r="ADS18" s="2"/>
       <c r="ADT18" s="2"/>
     </row>
-    <row r="19" spans="1:800" ht="163.9" customHeight="1">
-[...1 lines deleted...]
-        <v>42</v>
+    <row r="19" spans="1:800" ht="163.9" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A19" s="48" t="s">
+        <v>41</v>
       </c>
       <c r="B19" s="10"/>
       <c r="C19" s="10"/>
       <c r="D19" s="11"/>
       <c r="E19" s="10" t="s">
         <v>29</v>
       </c>
-      <c r="F19" s="44" t="s">
-[...2 lines deleted...]
-      <c r="G19" s="45" t="s">
+      <c r="F19" s="40" t="s">
         <v>4</v>
       </c>
-      <c r="H19" s="61" t="s">
+      <c r="G19" s="42" t="s">
+        <v>4</v>
+      </c>
+      <c r="H19" s="58" t="s">
+        <v>42</v>
+      </c>
+      <c r="I19" s="58" t="s">
         <v>43</v>
       </c>
-      <c r="I19" s="61" t="s">
+      <c r="J19" s="59" t="s">
         <v>44</v>
       </c>
-      <c r="J19" s="62" t="s">
+    </row>
+    <row r="20" spans="1:800" ht="131.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A20" s="49" t="s">
         <v>45</v>
-      </c>
-[...3 lines deleted...]
-        <v>46</v>
       </c>
       <c r="B20" s="17"/>
       <c r="C20" s="17"/>
       <c r="D20" s="18"/>
       <c r="E20" s="19" t="s">
         <v>29</v>
       </c>
-      <c r="F20" s="42" t="s">
-[...2 lines deleted...]
-      <c r="G20" s="43" t="s">
+      <c r="F20" s="40" t="s">
         <v>4</v>
       </c>
-      <c r="H20" s="63" t="s">
+      <c r="G20" s="41" t="s">
+        <v>4</v>
+      </c>
+      <c r="H20" s="60" t="s">
+        <v>46</v>
+      </c>
+      <c r="I20" s="60" t="s">
         <v>47</v>
       </c>
-      <c r="I20" s="63" t="s">
+      <c r="J20" s="61" t="s">
         <v>48</v>
       </c>
-      <c r="J20" s="64" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
-    <row r="21" spans="1:800" ht="15" thickTop="1"/>
-    <row r="30" spans="1:800">
+    <row r="21" spans="1:800" ht="15" thickTop="1" x14ac:dyDescent="0.35"/>
+    <row r="30" spans="1:800" x14ac:dyDescent="0.35">
       <c r="I30" s="1"/>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="B14:E14"/>
     <mergeCell ref="B4:B9"/>
     <mergeCell ref="H5:I5"/>
     <mergeCell ref="A11:G11"/>
   </mergeCells>
   <conditionalFormatting sqref="D4:D9">
     <cfRule type="expression" dxfId="2" priority="3">
       <formula>D4="à remplir"</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="F16:F20">
-[...1 lines deleted...]
-      <formula>F16="Sélectionner"</formula>
+  <conditionalFormatting sqref="F16:G20">
+    <cfRule type="expression" dxfId="0" priority="2">
+      <formula>F16="à remplir"</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="G16:G20">
-[...4 lines deleted...]
-  <dataValidations count="2">
+  <dataValidations count="1">
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="I10" xr:uid="{7A0D102C-30F3-4D39-9746-6B98AA9C2CAD}"/>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="F16:F20" xr:uid="{EC3AC79E-2434-4DAB-B9B6-5BD37EB4DA83}">
-[...1 lines deleted...]
-    </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="64bbdc63-9374-448a-949b-1cc328cda405">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="37db956b-18ba-4a17-9068-ae4205bcf3a1" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100A4184814B77CAB4A89A03164575D8D06" ma:contentTypeVersion="16" ma:contentTypeDescription="Crée un document." ma:contentTypeScope="" ma:versionID="d8d85be8d726e941b06945560f5aa73a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="64bbdc63-9374-448a-949b-1cc328cda405" xmlns:ns3="37db956b-18ba-4a17-9068-ae4205bcf3a1" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a2e8401c8e5d078a46b89e230df0ab4c" ns2:_="" ns3:_="">
     <xsd:import namespace="64bbdc63-9374-448a-949b-1cc328cda405"/>
     <xsd:import namespace="37db956b-18ba-4a17-9068-ae4205bcf3a1"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
@@ -4637,79 +4628,114 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BB53A75C-0453-4731-B451-6B77C86B8632}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BB53A75C-0453-4731-B451-6B77C86B8632}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AE902BD5-13A7-4A7A-A9F1-6C6BB0CD170F}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E59E51B6-0F9E-4530-B46C-17EFBC76EAF2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="64bbdc63-9374-448a-949b-1cc328cda405"/>
+    <ds:schemaRef ds:uri="37db956b-18ba-4a17-9068-ae4205bcf3a1"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E59E51B6-0F9E-4530-B46C-17EFBC76EAF2}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AE902BD5-13A7-4A7A-A9F1-6C6BB0CD170F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="64bbdc63-9374-448a-949b-1cc328cda405"/>
+    <ds:schemaRef ds:uri="37db956b-18ba-4a17-9068-ae4205bcf3a1"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel Online</Application>
+  <Application>Microsoft Excel</Application>
+  <DocSecurity>0</DocSecurity>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Feuilles de calcul</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>proposition CT</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
   <Manager/>
   <Company/>
+  <LinksUpToDate>false</LinksUpToDate>
+  <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
+  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Nicolas Allibert-Roussat</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100A4184814B77CAB4A89A03164575D8D06</vt:lpwstr>
   </property>